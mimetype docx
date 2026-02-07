--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="600" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -131,50 +132,63 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Schody coraz częściej stają się centralnym elementem domu, a nie tylko praktyczną konstrukcją łączącą poziomy. W połączeniu z kolorem roku mogą zyskać zupełnie nowy charakter. Jasne, naturalne drewno bukowe lub dębowe, stosowane w stopniach DOLLE, pięknie podkreśla miękkość tegorocznego odcienia, tworząc wrażenie spójnej, uspokajającej kompozycji. Z kolei czarne i stalowe elementy konstrukcyjne idealnie kontrastują z pastelową paletą Pantone, dodając wnętrzom elegancji i nowoczesnego sznytu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" style="width:900px; height:600px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+            <w10:wrap type="inline"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="500" w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Schody DOLLE w świetle nowych trendów kolorystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
@@ -269,50 +283,68 @@
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dzięki połączeniu aktualnych trendów kolorystycznych z ponadczasowym designem schodów DOLLE można stworzyć wnętrze, które nie tylko zachwyca estetyką, ale też opowiada historię – o spokoju, lekkości i świadomym projektowaniu. Pantone inspiruje, a DOLLE daje formę. Razem tworzą przestrzenie, które po prostu dobrze się czują.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="300"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" style="width:900px; height:600px; margin-left:0px; margin-top:0px; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+            <w10:wrap type="inline"/>
+            <v:imagedata r:id="rId8" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11870" w:h="16787"/>
       <w:pgMar w:top="650" w:right="650" w:bottom="850" w:left="650" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -398,51 +430,51 @@
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>